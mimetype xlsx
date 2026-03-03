--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -85,827 +85,827 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4496</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon MFP Scanner L24ei для плоттера TM-200/iPF670</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>10974</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>МФУ Samsung M2070</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>10975</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson M200</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>10976</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson L222</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>10977</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF231</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>10978</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2204</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>10979</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF418X</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>10980</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF512X</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>10981</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>МФУ Xerox DocuCentre SC2020</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>10982</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 1435</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>10983</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER ADVANCE 8505 PRO</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>10984</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson М3170</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>10985</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>МФУ RICOH SP 210SU</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>10986</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF428X</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>10987</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF429X</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>10988</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson WorkForce PRO WF-M5799DWF</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>10989</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER ADVANCE 525IZ II</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>10990</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson WorkForce PRO WF-C5790DWF</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>10991</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson WorkForce ENTERPRISE WF-C20590D4TWF</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>10992</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson M2170</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>10993</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2630I</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>10994</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF744CDW</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>10995</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson EcoTank ET-M3140</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>10996</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson L5190</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>10997</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon Pixma GM4040</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>10998</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER ADVANCE 6575I</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>10999</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER ADVANCE C7565I</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>11000</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2206N</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>11001</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson EcoTank M2120 W</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>11002</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon Pixma G2400</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>11003</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon Pixma G3410</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>11004</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon Pixma G4400</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>11005</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF635CX</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>11006</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon Pixma G2010</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>11007</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER ADVANCE C3525I</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>11008</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G1400</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>11009</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imagePROGRAF TX-3000</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>11010</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imagePROGRAF TX-4000</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>11011</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma PRO-100S</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>11012</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imagePROGRAF IPF680</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>11013</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imagePROGRAF TM-200</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>11014</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson WorkForce PRO WF-8090DW</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>11015</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon Pixma G4411</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>11016</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson L7180</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>11017</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson L7160</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>11018</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson SureColor SC-T3400N</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>11019</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson WorkForce WF-7210DTW</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>11020</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP6230DW</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>11021</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP6030W</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0">
         <v>11022</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP611CN</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0">
         <v>11023</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imageCLASS LBP6230DN</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0">
         <v>11024</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP710CX</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0">
         <v>11025</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Принтер Ricoh SP 111</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>